--- v0 (2025-11-14)
+++ v1 (2026-03-21)
@@ -1,255 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\userdata\dley\trunk\dleyzh\usr\doc\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\USTAX - Template - Form\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2DE1E9F7-5E00-4370-82FB-76821B5B6CE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CFF24E2E-20EE-40D0-9428-353F928DA129}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="5055" yWindow="1035" windowWidth="23070" windowHeight="16185" tabRatio="655" firstSheet="3" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="30270" yWindow="2895" windowWidth="21600" windowHeight="12645" tabRatio="655" firstSheet="4" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foreign Accounts" sheetId="1" r:id="rId1"/>
     <sheet name="Foreign Accounts - Spouse" sheetId="16" r:id="rId2"/>
     <sheet name="Foreign Accounts - Dependent" sheetId="18" r:id="rId3"/>
     <sheet name="PFIC" sheetId="14" r:id="rId4"/>
-    <sheet name="Rent" sheetId="7" r:id="rId5"/>
-    <sheet name="Salary" sheetId="13" r:id="rId6"/>
+    <sheet name="Salary" sheetId="13" r:id="rId5"/>
+    <sheet name="Gift" sheetId="19" r:id="rId6"/>
     <sheet name="Exchange Rate_Year-Average" sheetId="15" r:id="rId7"/>
     <sheet name="Exchange Rate_Year-End" sheetId="5" r:id="rId8"/>
     <sheet name="Example" sheetId="8" r:id="rId9"/>
     <sheet name="About" sheetId="4" r:id="rId10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'Exchange Rate_Year-Average'!$A$1:$A$40</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'Exchange Rate_Year-End'!$A$1:$A$29</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'Exchange Rate_Year-Average'!$A$1:$A$41</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'Exchange Rate_Year-End'!$A$1:$A$30</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H22" i="8" l="1"/>
+  <c r="AL2" i="1" l="1"/>
+  <c r="AK2" i="1" s="1"/>
+  <c r="H22" i="8"/>
   <c r="H8" i="8" s="1"/>
   <c r="I8" i="8" s="1"/>
   <c r="I21" i="8"/>
   <c r="I20" i="8"/>
   <c r="H18" i="8"/>
   <c r="H4" i="8" s="1"/>
   <c r="I4" i="8" s="1"/>
   <c r="I17" i="8"/>
   <c r="I16" i="8"/>
   <c r="I18" i="8" s="1"/>
   <c r="H14" i="8"/>
   <c r="H3" i="8" s="1"/>
   <c r="I3" i="8" s="1"/>
   <c r="I13" i="8"/>
   <c r="I12" i="8"/>
   <c r="I11" i="8"/>
   <c r="I14" i="8" s="1"/>
   <c r="O8" i="8"/>
   <c r="M8" i="8"/>
   <c r="O7" i="8"/>
   <c r="M7" i="8"/>
   <c r="N6" i="8"/>
   <c r="O6" i="8" s="1"/>
   <c r="M6" i="8"/>
   <c r="I6" i="8"/>
   <c r="O5" i="8"/>
   <c r="M5" i="8"/>
   <c r="O4" i="8"/>
   <c r="M4" i="8"/>
   <c r="O3" i="8"/>
   <c r="M3" i="8"/>
   <c r="O2" i="8"/>
   <c r="M2" i="8"/>
   <c r="I2" i="8"/>
   <c r="I22" i="8" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="351" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="144">
   <si>
     <t>Reported</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>TIN</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>GIIN</t>
   </si>
   <si>
     <t>FFI</t>
   </si>
   <si>
     <t>Owner</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Income</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>Revision</t>
   </si>
   <si>
     <t>Instruction</t>
   </si>
   <si>
     <t>申報肥爸(FBAR)、肥咖(FATCA)所需的資料</t>
-  </si>
-[...61 lines deleted...]
-    <t>通訊費</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Income
 USD</t>
   </si>
   <si>
     <t>YES</t>
   </si>
   <si>
     <t>CHUNGHWA POST CO., LTD.</t>
   </si>
   <si>
     <t>4R83N1.99999.SL.158</t>
   </si>
   <si>
     <t>CTBC BANK CO., LTD.</t>
   </si>
   <si>
     <t>YKCW96.00003.ME.158</t>
   </si>
   <si>
     <t>00610-468022-3</t>
@@ -608,102 +551,106 @@
     <t>Has
 Statement
 ?</t>
   </si>
   <si>
     <t>https://www.irs.gov/individuals/international-taxpayers/yearly-average-currency-exchange-rates</t>
   </si>
   <si>
     <t>Exchange
 Rate Avg</t>
   </si>
   <si>
     <t>Exchange
 Rate EoY</t>
   </si>
   <si>
     <t>Korean Won</t>
   </si>
   <si>
     <t>Fatca Lookup Search Page (irs.gov)</t>
   </si>
   <si>
     <t>查詢金融機構 GIIN</t>
   </si>
   <si>
-    <t>2025.02.02</t>
+    <t>2026.02.09</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Amount</t>
+  </si>
+  <si>
+    <t>Currency</t>
+  </si>
+  <si>
+    <t>Exchange Rate</t>
+  </si>
+  <si>
+    <t>Amount USD</t>
+  </si>
+  <si>
+    <t>22654007992</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...12 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -760,183 +707,181 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="4" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="4" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="4" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Comma 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1186,487 +1131,507 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.irs.gov/app/fatcaFfiList/flu.jsf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dforbesley.com/node/33/required_information_for_fbar_and_fatca/fbar" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dforbesley.com/node/33/required_information_for_fbar_and_fatca/tax" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/individuals/international-taxpayers/yearly-average-currency-exchange-rates" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fiscaldata.treasury.gov/datasets/treasury-reporting-rates-exchange/treasury-reporting-rates-of-exchange" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AI22"/>
+  <dimension ref="A1:AM22"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="L7" sqref="L7"/>
+    <sheetView topLeftCell="R1" workbookViewId="0">
+      <selection activeCell="AM2" sqref="AM2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="3.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.28515625" bestFit="1" customWidth="1"/>
-    <col min="8" max="9" width="7.5703125" style="19" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="7.5703125" style="11" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="7.5703125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="5.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.28515625" bestFit="1" customWidth="1"/>
-    <col min="13" max="14" width="10" style="19" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="10" style="11" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="8.7109375" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="5.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="6" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="7" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="7.42578125" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="7" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="4" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="7.7109375" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="4.42578125" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="3.7109375" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="8" bestFit="1" customWidth="1"/>
     <col min="35" max="35" width="9.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:39" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="F1" s="3" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="H1" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="H1" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="I1" s="18" t="s">
-        <v>38</v>
+      <c r="I1" s="10" t="s">
+        <v>17</v>
       </c>
       <c r="J1" s="3" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="K1" s="3" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="L1" s="3" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>133</v>
+      </c>
+      <c r="M1" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="N1" s="10" t="s">
+        <v>57</v>
       </c>
       <c r="O1" s="3" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="P1" s="3" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="Q1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="R1" s="3" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="S1" s="3" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="T1" s="3" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="U1" s="3" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="V1" s="3" t="s">
-        <v>144</v>
+        <v>123</v>
       </c>
       <c r="W1" s="3" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="X1" s="3" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="Y1" s="3" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="Z1" s="3" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="AA1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="AB1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="AC1" s="3" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="AG1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="AH1" s="3" t="s">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="AI1" s="3" t="s">
         <v>0</v>
       </c>
-    </row>
-    <row r="5" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AK1" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="AL1" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="AM1" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="AK2" t="str">
+        <f>LEFT(AL2,3)&amp;"-"&amp;MID(AL2,4,LEN(AL2)-7)&amp;"-"&amp;RIGHT(AL2,4)</f>
+        <v>226-5400-7992</v>
+      </c>
+      <c r="AL2" t="str">
+        <f>SUBSTITUTE(AM2,"-","")</f>
+        <v>22654007992</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="5" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C5" s="1"/>
     </row>
-    <row r="6" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C6" s="1"/>
     </row>
-    <row r="7" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C7" s="1"/>
     </row>
-    <row r="8" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C8" s="1"/>
     </row>
-    <row r="9" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C9" s="1"/>
     </row>
-    <row r="10" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C10" s="1"/>
     </row>
-    <row r="11" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C11" s="1"/>
     </row>
-    <row r="12" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C12" s="1"/>
     </row>
-    <row r="13" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C13" s="1"/>
     </row>
-    <row r="14" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C14" s="1"/>
     </row>
-    <row r="15" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C15" s="1"/>
     </row>
-    <row r="16" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:39" x14ac:dyDescent="0.25">
       <c r="C16" s="1"/>
     </row>
     <row r="17" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C17" s="1"/>
     </row>
     <row r="18" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C18" s="1"/>
     </row>
     <row r="19" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C19" s="1"/>
     </row>
     <row r="20" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C20" s="1"/>
     </row>
     <row r="21" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C21" s="1"/>
     </row>
     <row r="22" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C22" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:C5"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="30.5703125" customWidth="1"/>
     <col min="4" max="4" width="16" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="8" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="17" max="18" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.42578125" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="9" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="7.42578125" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="7.7109375" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="6.42578125" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="6" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="9.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>13</v>
       </c>
-      <c r="B1" s="45" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="45"/>
+      <c r="B1" s="39" t="s">
+        <v>137</v>
+      </c>
+      <c r="C1" s="39"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>14</v>
       </c>
-      <c r="B2" s="46" t="s">
+      <c r="B2" s="40" t="s">
         <v>15</v>
       </c>
-      <c r="C2" s="46"/>
+      <c r="C2" s="40"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="C4" s="24"/>
+        <v>136</v>
+      </c>
+      <c r="C4" s="16"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="B5" s="24" t="s">
-        <v>156</v>
+      <c r="B5" s="16" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B2:C2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
     <hyperlink ref="B2:C2" r:id="rId2" display="申報肥爸(FBAR)、肥咖(FATCA)所需的資料" xr:uid="{10FA2E8D-A273-4E5C-B2DB-6DBAE6321C7F}"/>
     <hyperlink ref="B5" r:id="rId3" display="https://apps.irs.gov/app/fatcaFfiList/flu.jsf" xr:uid="{AE436FD3-B064-46A5-A954-7BBFFDC15D37}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F08DFFB5-DF12-4747-9753-1624073D6E02}">
   <dimension ref="A1:AI22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="W3" sqref="W3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="3.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.28515625" bestFit="1" customWidth="1"/>
-    <col min="8" max="9" width="7.5703125" style="19" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="7.5703125" style="11" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="7.5703125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="5.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.28515625" bestFit="1" customWidth="1"/>
-    <col min="13" max="14" width="10" style="19" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="10" style="11" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="8.7109375" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="5.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="6" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="7" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="7.42578125" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="7" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="4" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="7.7109375" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="4.42578125" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="3.7109375" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="8" bestFit="1" customWidth="1"/>
     <col min="35" max="35" width="9.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="F1" s="3" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="H1" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="H1" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="I1" s="18" t="s">
-        <v>38</v>
+      <c r="I1" s="10" t="s">
+        <v>17</v>
       </c>
       <c r="J1" s="3" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="K1" s="3" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="L1" s="3" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>133</v>
+      </c>
+      <c r="M1" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="N1" s="10" t="s">
+        <v>57</v>
       </c>
       <c r="O1" s="3" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="P1" s="3" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="Q1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="R1" s="3" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="S1" s="3" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="T1" s="3" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="U1" s="3" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="V1" s="3" t="s">
-        <v>144</v>
+        <v>123</v>
       </c>
       <c r="W1" s="3" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="X1" s="3" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="Y1" s="3" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="Z1" s="3" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="AA1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="AB1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="AC1" s="3" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="AG1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="AH1" s="3" t="s">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="AI1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C5" s="1"/>
     </row>
     <row r="6" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C8" s="1"/>
     </row>
     <row r="9" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C10" s="1"/>
     </row>
     <row r="11" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C11" s="1"/>
@@ -1705,179 +1670,179 @@
       <c r="C22" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6F6DB18-1499-4749-AEA0-9EC1C538DA9C}">
   <dimension ref="A1:AI22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L27" sqref="L27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="3.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.28515625" bestFit="1" customWidth="1"/>
-    <col min="8" max="9" width="7.5703125" style="19" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="7.5703125" style="11" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="7.5703125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="5.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.28515625" bestFit="1" customWidth="1"/>
-    <col min="13" max="14" width="10" style="19" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="10" style="11" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="8.7109375" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="5.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="6" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="7" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="7.42578125" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="7" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="4" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="7.7109375" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="4.42578125" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="3.7109375" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="8" bestFit="1" customWidth="1"/>
     <col min="35" max="35" width="9.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="F1" s="3" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="H1" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="H1" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="I1" s="18" t="s">
-        <v>38</v>
+      <c r="I1" s="10" t="s">
+        <v>17</v>
       </c>
       <c r="J1" s="3" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="K1" s="3" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="L1" s="3" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>133</v>
+      </c>
+      <c r="M1" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="N1" s="10" t="s">
+        <v>57</v>
       </c>
       <c r="O1" s="3" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="P1" s="3" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="Q1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="R1" s="3" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="S1" s="3" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="T1" s="3" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="U1" s="3" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="V1" s="3" t="s">
-        <v>144</v>
+        <v>123</v>
       </c>
       <c r="W1" s="3" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="X1" s="3" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="Y1" s="3" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="Z1" s="3" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="AA1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="AB1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="AC1" s="3" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="AG1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="AH1" s="3" t="s">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="AI1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C5" s="1"/>
     </row>
     <row r="6" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C8" s="1"/>
     </row>
     <row r="9" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C10" s="1"/>
     </row>
     <row r="11" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C11" s="1"/>
@@ -1915,2902 +1880,3175 @@
     <row r="22" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C22" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1EFD47C-EF4D-4369-B8BD-40DD25778189}">
   <dimension ref="A1:R1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="13" max="13" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1" s="3" t="s">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="F1" s="3" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="H1" s="3" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="I1" s="3" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="J1" s="3" t="s">
-        <v>82</v>
-[...10 lines deleted...]
-      <c r="N1" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K1" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="L1" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M1" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="N1" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="O1" s="18" t="s">
+      <c r="O1" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="P1" s="18" t="s">
-[...6 lines deleted...]
-        <v>147</v>
+      <c r="P1" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="Q1" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="R1" s="10" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:U24"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB32EA0C-C7AC-46E4-B27D-C9F5B7C1D766}">
+  <dimension ref="A1:F1"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-[...20 lines deleted...]
-  </cols>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:21" x14ac:dyDescent="0.25">
-[...197 lines deleted...]
-      <c r="O24" s="13"/>
+    <row r="1" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="E1" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F1" s="3" t="s">
+        <v>142</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB32EA0C-C7AC-46E4-B27D-C9F5B7C1D766}">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F0E06D4-81D0-4774-86CF-9A548A9EB39B}">
+  <dimension ref="A1:F1"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <sheetData/>
+  <cols>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" style="38" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="E1" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F1" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+  </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6F620AB7-5011-4876-A60D-081FF4103524}">
-  <dimension ref="A1:S17"/>
+  <dimension ref="A1:S18"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="T9" sqref="T9"/>
+      <selection activeCell="A3" sqref="A3:XFD3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="16" width="9.140625" style="44" customWidth="1"/>
-    <col min="17" max="16384" width="9.140625" style="44"/>
+    <col min="1" max="16" width="9.140625" style="36" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="C1" s="3" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="D1" s="3" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="E1" s="3" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="F1" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G1" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H1" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="I1" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="J1" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="K1" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="L1" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="M1" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="N1" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="O1" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="P1" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q1" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D2" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E2" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G2" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K2" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="L2" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="M2" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="N2" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="O2" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P2" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q2" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="R2" s="35"/>
+    </row>
+    <row r="3" spans="1:19" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B3" s="17">
+        <v>1.5509999999999999</v>
+      </c>
+      <c r="C3" s="17">
+        <v>1.3979999999999999</v>
+      </c>
+      <c r="D3" s="17">
+        <v>7.1289999999999996</v>
+      </c>
+      <c r="E3" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="F3" s="18">
+        <v>7.7960000000000003</v>
+      </c>
+      <c r="G3" s="17">
+        <v>149.63200000000001</v>
+      </c>
+      <c r="H3" s="17">
+        <v>19.212</v>
+      </c>
+      <c r="I3" s="17">
+        <v>1.7190000000000001</v>
+      </c>
+      <c r="J3" s="17">
+        <v>1.3069999999999999</v>
+      </c>
+      <c r="K3" s="17">
+        <v>17.884</v>
+      </c>
+      <c r="L3" s="17">
+        <v>1421.779</v>
+      </c>
+      <c r="M3" s="17">
+        <v>0.83099999999999996</v>
+      </c>
+      <c r="N3" s="18">
+        <v>31.167000000000002</v>
+      </c>
+      <c r="O3" s="17">
+        <v>32.869999999999997</v>
+      </c>
+      <c r="P3" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="Q3" s="17">
+        <v>1</v>
+      </c>
+      <c r="R3" s="19"/>
+    </row>
+    <row r="4" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="20">
+        <v>2024</v>
+      </c>
+      <c r="B4" s="21">
+        <v>1.516</v>
+      </c>
+      <c r="C4" s="21">
+        <v>1.37</v>
+      </c>
+      <c r="D4" s="21">
+        <v>7.1890000000000001</v>
+      </c>
+      <c r="E4" s="21">
+        <v>0.92400000000000004</v>
+      </c>
+      <c r="F4" s="22">
+        <v>7.8029999999999999</v>
+      </c>
+      <c r="G4" s="21">
+        <v>151.35300000000001</v>
+      </c>
+      <c r="H4" s="21">
+        <v>18.329999999999998</v>
+      </c>
+      <c r="I4" s="21">
+        <v>1.6539999999999999</v>
+      </c>
+      <c r="J4" s="21">
+        <v>1.3360000000000001</v>
+      </c>
+      <c r="K4" s="21">
+        <v>18.326000000000001</v>
+      </c>
+      <c r="L4" s="21">
+        <v>1364.153</v>
+      </c>
+      <c r="M4" s="21">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="N4" s="22">
+        <v>32.116999999999997</v>
+      </c>
+      <c r="O4" s="21">
+        <v>35.267000000000003</v>
+      </c>
+      <c r="P4" s="21">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="Q4" s="20">
+        <v>1</v>
+      </c>
+      <c r="R4" s="23"/>
+    </row>
+    <row r="5" spans="1:19" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B5" s="25">
+        <v>1.506</v>
+      </c>
+      <c r="C5" s="25">
+        <v>1.35</v>
+      </c>
+      <c r="D5" s="25">
+        <v>7.0750000000000002</v>
+      </c>
+      <c r="E5" s="25">
+        <v>0.92400000000000004</v>
+      </c>
+      <c r="F5" s="26">
+        <v>7.8289999999999997</v>
+      </c>
+      <c r="G5" s="25">
+        <v>140.511</v>
+      </c>
+      <c r="H5" s="26">
+        <v>17.733000000000001</v>
+      </c>
+      <c r="I5" s="27">
+        <v>1.63</v>
+      </c>
+      <c r="J5" s="26">
+        <v>1.343</v>
+      </c>
+      <c r="K5" s="26">
+        <v>18.457000000000001</v>
+      </c>
+      <c r="L5" s="26">
+        <v>1306.6859999999999</v>
+      </c>
+      <c r="M5" s="27">
+        <v>0.89900000000000002</v>
+      </c>
+      <c r="N5" s="25">
+        <v>31.16</v>
+      </c>
+      <c r="O5" s="26">
+        <v>34.802</v>
+      </c>
+      <c r="P5" s="26">
+        <v>0.80400000000000005</v>
+      </c>
+      <c r="Q5" s="28">
+        <v>1</v>
+      </c>
+      <c r="R5" s="28"/>
+      <c r="S5" s="28"/>
+    </row>
+    <row r="6" spans="1:19" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="29">
+        <v>2022</v>
+      </c>
+      <c r="B6" s="34">
+        <v>1.4419999999999999</v>
+      </c>
+      <c r="C6" s="34">
+        <v>1.3009999999999999</v>
+      </c>
+      <c r="D6" s="34">
+        <v>6.73</v>
+      </c>
+      <c r="E6" s="34">
+        <v>0.95099999999999996</v>
+      </c>
+      <c r="F6" s="34">
+        <v>7.8310000000000004</v>
+      </c>
+      <c r="G6" s="34">
+        <v>131.45400000000001</v>
+      </c>
+      <c r="H6" s="34">
+        <v>20.11</v>
+      </c>
+      <c r="I6" s="34">
+        <v>1.5780000000000001</v>
+      </c>
+      <c r="J6" s="34">
+        <v>1.379</v>
+      </c>
+      <c r="K6" s="34">
+        <v>16.376999999999999</v>
+      </c>
+      <c r="L6" s="34">
+        <v>1291.729</v>
+      </c>
+      <c r="M6" s="34">
+        <v>0.95499999999999996</v>
+      </c>
+      <c r="N6" s="34">
+        <v>29.812999999999999</v>
+      </c>
+      <c r="O6" s="34">
+        <v>35.043999999999997</v>
+      </c>
+      <c r="P6" s="34">
+        <v>0.81100000000000005</v>
+      </c>
+      <c r="Q6" s="33">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B7" s="17">
+        <v>1.3320000000000001</v>
+      </c>
+      <c r="C7" s="17">
+        <v>1.254</v>
+      </c>
+      <c r="D7" s="17">
+        <v>6.452</v>
+      </c>
+      <c r="E7" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="F7" s="18">
+        <v>7.7729999999999997</v>
+      </c>
+      <c r="G7" s="17">
+        <v>109.81699999999999</v>
+      </c>
+      <c r="H7" s="17">
+        <v>20.283999999999999</v>
+      </c>
+      <c r="I7" s="17">
+        <v>1.415</v>
+      </c>
+      <c r="J7" s="17">
+        <v>1.3440000000000001</v>
+      </c>
+      <c r="K7" s="17">
+        <v>14.789</v>
+      </c>
+      <c r="L7" s="17">
+        <v>1144.883</v>
+      </c>
+      <c r="M7" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="N7" s="18">
+        <v>27.931999999999999</v>
+      </c>
+      <c r="O7" s="17">
+        <v>31.997</v>
+      </c>
+      <c r="P7" s="17">
+        <v>0.77900000000000003</v>
+      </c>
+      <c r="Q7" s="17">
+        <v>1</v>
+      </c>
+      <c r="R7" s="19"/>
+    </row>
+    <row r="8" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="20">
+        <v>2020</v>
+      </c>
+      <c r="B8" s="21">
+        <v>1.452</v>
+      </c>
+      <c r="C8" s="21">
+        <v>1.341</v>
+      </c>
+      <c r="D8" s="21">
+        <v>6.9</v>
+      </c>
+      <c r="E8" s="21">
+        <v>0.877</v>
+      </c>
+      <c r="F8" s="22">
+        <v>7.7560000000000002</v>
+      </c>
+      <c r="G8" s="21">
+        <v>106.72499999999999</v>
+      </c>
+      <c r="H8" s="21">
+        <v>21.466000000000001</v>
+      </c>
+      <c r="I8" s="21">
+        <v>1.54</v>
+      </c>
+      <c r="J8" s="21">
+        <v>1.379</v>
+      </c>
+      <c r="K8" s="21">
+        <v>16.457999999999998</v>
+      </c>
+      <c r="L8" s="21">
+        <v>1179.1990000000001</v>
+      </c>
+      <c r="M8" s="21">
+        <v>0.93899999999999995</v>
+      </c>
+      <c r="N8" s="22">
+        <v>29.46</v>
+      </c>
+      <c r="O8" s="21">
+        <v>31.271000000000001</v>
+      </c>
+      <c r="P8" s="21">
+        <v>0.77900000000000003</v>
+      </c>
+      <c r="Q8" s="20">
+        <v>1</v>
+      </c>
+      <c r="R8" s="23"/>
+    </row>
+    <row r="9" spans="1:19" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="24">
+        <v>2019</v>
+      </c>
+      <c r="B9" s="25">
+        <v>1.4390000000000001</v>
+      </c>
+      <c r="C9" s="25">
+        <v>1.327</v>
+      </c>
+      <c r="D9" s="25">
+        <v>6.91</v>
+      </c>
+      <c r="E9" s="25">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="F9" s="26">
+        <v>7.835</v>
+      </c>
+      <c r="G9" s="25">
+        <v>109.008</v>
+      </c>
+      <c r="H9" s="26">
+        <v>19.245999999999999</v>
+      </c>
+      <c r="I9" s="27">
+        <v>1.518</v>
+      </c>
+      <c r="J9" s="26">
+        <v>1.3640000000000001</v>
+      </c>
+      <c r="K9" s="26">
+        <v>14.448</v>
+      </c>
+      <c r="L9" s="26">
+        <v>1165.6969999999999</v>
+      </c>
+      <c r="M9" s="27">
+        <v>0.99399999999999999</v>
+      </c>
+      <c r="N9" s="25">
+        <v>30.898</v>
+      </c>
+      <c r="O9" s="26">
+        <v>31.032</v>
+      </c>
+      <c r="P9" s="26">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="Q9" s="28">
+        <v>1</v>
+      </c>
+      <c r="R9" s="28"/>
+      <c r="S9" s="28"/>
+    </row>
+    <row r="10" spans="1:19" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="29">
+        <v>2018</v>
+      </c>
+      <c r="B10" s="30">
+        <v>1.34</v>
+      </c>
+      <c r="C10" s="30">
+        <v>1.2969999999999999</v>
+      </c>
+      <c r="D10" s="30">
+        <v>6.62</v>
+      </c>
+      <c r="E10" s="30">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="F10" s="31">
+        <v>7.8380000000000001</v>
+      </c>
+      <c r="G10" s="30">
+        <v>110.42400000000001</v>
+      </c>
+      <c r="H10" s="31">
+        <v>19.227</v>
+      </c>
+      <c r="I10" s="32">
+        <v>1.4470000000000001</v>
+      </c>
+      <c r="J10" s="31">
+        <v>1.349</v>
+      </c>
+      <c r="K10" s="31">
+        <v>13.257999999999999</v>
+      </c>
+      <c r="L10" s="31">
+        <v>1100.587</v>
+      </c>
+      <c r="M10" s="32">
+        <v>0.97899999999999998</v>
+      </c>
+      <c r="N10" s="30">
+        <v>30.152000000000001</v>
+      </c>
+      <c r="O10" s="31">
+        <v>32.317</v>
+      </c>
+      <c r="P10" s="31">
+        <v>0.75</v>
+      </c>
+      <c r="Q10" s="33">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="17">
+        <v>2017</v>
+      </c>
+      <c r="B11" s="17">
+        <v>1.3580000000000001</v>
+      </c>
+      <c r="C11" s="17">
+        <v>1.35</v>
+      </c>
+      <c r="D11" s="17">
+        <v>7.03</v>
+      </c>
+      <c r="E11" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="F11" s="18">
+        <v>8.1050000000000004</v>
+      </c>
+      <c r="G11" s="17">
+        <v>116.667</v>
+      </c>
+      <c r="H11" s="17">
+        <v>19.678999999999998</v>
+      </c>
+      <c r="I11" s="17">
+        <v>1.4650000000000001</v>
+      </c>
+      <c r="J11" s="17">
+        <v>1.4370000000000001</v>
+      </c>
+      <c r="K11" s="17">
+        <v>13.859</v>
+      </c>
+      <c r="L11" s="17">
+        <v>1178.585</v>
+      </c>
+      <c r="M11" s="17">
+        <v>1.024</v>
+      </c>
+      <c r="N11" s="18">
+        <v>31.683</v>
+      </c>
+      <c r="O11" s="17">
+        <v>35.372</v>
+      </c>
+      <c r="P11" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="Q11" s="17">
+        <v>1</v>
+      </c>
+      <c r="R11" s="19"/>
+    </row>
+    <row r="12" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="20">
+        <v>2016</v>
+      </c>
+      <c r="B12" s="21">
+        <v>1.4</v>
+      </c>
+      <c r="C12" s="21">
+        <v>1.379</v>
+      </c>
+      <c r="D12" s="21">
+        <v>6.91</v>
+      </c>
+      <c r="E12" s="21">
+        <v>0.94</v>
+      </c>
+      <c r="F12" s="22">
+        <v>8.0730000000000004</v>
+      </c>
+      <c r="G12" s="21">
+        <v>113.13800000000001</v>
+      </c>
+      <c r="H12" s="21">
+        <v>19.434999999999999</v>
+      </c>
+      <c r="I12" s="21">
+        <v>1.494</v>
+      </c>
+      <c r="J12" s="21">
+        <v>1.4370000000000001</v>
+      </c>
+      <c r="K12" s="21">
+        <v>15.319000000000001</v>
+      </c>
+      <c r="L12" s="21">
+        <v>1211.1210000000001</v>
+      </c>
+      <c r="M12" s="21">
+        <v>1.0249999999999999</v>
+      </c>
+      <c r="N12" s="22">
+        <v>33.585999999999999</v>
+      </c>
+      <c r="O12" s="21">
+        <v>36.777999999999999</v>
+      </c>
+      <c r="P12" s="21">
+        <v>0.77</v>
+      </c>
+      <c r="Q12" s="20">
+        <v>1</v>
+      </c>
+      <c r="R12" s="23"/>
+    </row>
+    <row r="13" spans="1:19" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="24">
+        <v>2015</v>
+      </c>
+      <c r="B13" s="25">
+        <v>1.345</v>
+      </c>
+      <c r="C13" s="25">
+        <v>1.329</v>
+      </c>
+      <c r="D13" s="25">
+        <v>6.4889999999999999</v>
+      </c>
+      <c r="E13" s="25">
+        <v>0.93700000000000006</v>
+      </c>
+      <c r="F13" s="26">
+        <v>8.0619999999999994</v>
+      </c>
+      <c r="G13" s="25">
+        <v>125.911</v>
+      </c>
+      <c r="H13" s="26">
+        <v>16.504999999999999</v>
+      </c>
+      <c r="I13" s="27">
+        <v>1.492</v>
+      </c>
+      <c r="J13" s="26">
+        <v>1.43</v>
+      </c>
+      <c r="K13" s="26">
+        <v>13.281000000000001</v>
+      </c>
+      <c r="L13" s="26">
+        <v>1179.1279999999999</v>
+      </c>
+      <c r="M13" s="27">
+        <v>1.0009999999999999</v>
+      </c>
+      <c r="N13" s="25">
+        <v>33.088999999999999</v>
+      </c>
+      <c r="O13" s="26">
+        <v>35.679000000000002</v>
+      </c>
+      <c r="P13" s="26">
+        <v>0.68100000000000005</v>
+      </c>
+      <c r="Q13" s="28">
+        <v>1</v>
+      </c>
+      <c r="R13" s="28"/>
+      <c r="S13" s="28"/>
+    </row>
+    <row r="14" spans="1:19" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="29">
+        <v>2014</v>
+      </c>
+      <c r="B14" s="30">
+        <v>1.1539999999999999</v>
+      </c>
+      <c r="C14" s="30">
+        <v>1.149</v>
+      </c>
+      <c r="D14" s="30">
+        <v>6.3940000000000001</v>
+      </c>
+      <c r="E14" s="30">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="F14" s="31">
+        <v>8.0649999999999995</v>
+      </c>
+      <c r="G14" s="30">
+        <v>110.101</v>
+      </c>
+      <c r="H14" s="31">
+        <v>13.84</v>
+      </c>
+      <c r="I14" s="32">
+        <v>1.2549999999999999</v>
+      </c>
+      <c r="J14" s="31">
+        <v>1.3180000000000001</v>
+      </c>
+      <c r="K14" s="31">
+        <v>11.286</v>
+      </c>
+      <c r="L14" s="31">
+        <v>1098.2329999999999</v>
+      </c>
+      <c r="M14" s="32">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="N14" s="30">
+        <v>31.565999999999999</v>
+      </c>
+      <c r="O14" s="31">
+        <v>33.841000000000001</v>
+      </c>
+      <c r="P14" s="31">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="Q14" s="33">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="17">
+        <v>2013</v>
+      </c>
+      <c r="B15" s="17">
+        <v>1.0575000000000001</v>
+      </c>
+      <c r="C15" s="17">
+        <v>1.0409999999999999</v>
+      </c>
+      <c r="D15" s="17">
+        <v>6.1310000000000002</v>
+      </c>
+      <c r="E15" s="17">
+        <v>0.754</v>
+      </c>
+      <c r="F15" s="18">
+        <v>7.755749999999999</v>
+      </c>
+      <c r="G15" s="17">
+        <v>98.97</v>
+      </c>
+      <c r="H15" s="17">
+        <v>12.907249999999999</v>
+      </c>
+      <c r="I15" s="17">
+        <v>1.2265000000000001</v>
+      </c>
+      <c r="J15" s="17">
+        <v>1.2582499999999999</v>
+      </c>
+      <c r="K15" s="17">
+        <v>9.9450000000000003</v>
+      </c>
+      <c r="L15" s="17">
+        <v>1095.25</v>
+      </c>
+      <c r="M15" s="17">
+        <v>0.92525000000000013</v>
+      </c>
+      <c r="N15" s="18">
+        <v>30.945</v>
+      </c>
+      <c r="O15" s="17">
+        <v>31.074999999999999</v>
+      </c>
+      <c r="P15" s="17">
+        <v>0.63625000000000009</v>
+      </c>
+      <c r="Q15" s="17">
+        <v>1</v>
+      </c>
+      <c r="R15" s="19"/>
+    </row>
+    <row r="16" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="20">
+        <v>2012</v>
+      </c>
+      <c r="B16" s="21"/>
+      <c r="C16" s="21"/>
+      <c r="D16" s="21"/>
+      <c r="E16" s="21"/>
+      <c r="F16" s="22"/>
+      <c r="G16" s="21"/>
+      <c r="H16" s="21"/>
+      <c r="I16" s="21"/>
+      <c r="J16" s="21"/>
+      <c r="K16" s="21"/>
+      <c r="L16" s="21"/>
+      <c r="M16" s="21"/>
+      <c r="N16" s="22">
+        <v>29.411999999999999</v>
+      </c>
+      <c r="O16" s="21"/>
+      <c r="P16" s="21"/>
+      <c r="R16" s="23"/>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A18" s="35" t="s">
         <v>131</v>
-      </c>
-[...761 lines deleted...]
-        <v>152</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A17" r:id="rId1" xr:uid="{20ECDFA0-9585-42C0-9422-492B6148AC0E}"/>
+    <hyperlink ref="A18" r:id="rId1" xr:uid="{20ECDFA0-9585-42C0-9422-492B6148AC0E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:S18"/>
+  <dimension ref="A1:S19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="Q3" sqref="Q3"/>
+      <selection activeCell="N3" sqref="N3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="16" width="9.140625" style="44" customWidth="1"/>
-    <col min="17" max="16384" width="9.140625" style="44"/>
+    <col min="1" max="16" width="9.140625" style="36" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="C1" s="3" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="D1" s="3" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="E1" s="3" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="F1" s="3" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>132</v>
+        <v>111</v>
       </c>
       <c r="H1" s="3" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="I1" s="3" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="J1" s="3" t="s">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="K1" s="3" t="s">
-        <v>135</v>
+        <v>114</v>
       </c>
       <c r="L1" s="3" t="s">
-        <v>136</v>
+        <v>115</v>
       </c>
       <c r="M1" s="3" t="s">
-        <v>138</v>
+        <v>117</v>
       </c>
       <c r="N1" s="3" t="s">
-        <v>139</v>
+        <v>118</v>
       </c>
       <c r="O1" s="3" t="s">
-        <v>140</v>
+        <v>119</v>
       </c>
       <c r="P1" s="3" t="s">
-        <v>141</v>
+        <v>120</v>
       </c>
       <c r="Q1" s="3" t="s">
-        <v>142</v>
-[...16 lines deleted...]
-        <v>114</v>
+        <v>121</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D2" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E2" s="15" t="s">
+        <v>93</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>115</v>
-[...20 lines deleted...]
-        <v>122</v>
+        <v>94</v>
+      </c>
+      <c r="G2" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="I2" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="K2" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="L2" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M2" s="15" t="s">
+        <v>101</v>
       </c>
       <c r="N2" s="3" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-      <c r="P2" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="O2" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P2" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q2" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="R2" s="35"/>
+    </row>
+    <row r="3" spans="1:19" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B3" s="17">
+        <v>1.4950000000000001</v>
+      </c>
+      <c r="C3" s="17">
+        <v>1.369</v>
+      </c>
+      <c r="D3" s="17">
+        <v>6.9980000000000002</v>
+      </c>
+      <c r="E3" s="17">
+        <v>0.85099999999999998</v>
+      </c>
+      <c r="F3" s="17">
+        <v>7.7839999999999998</v>
+      </c>
+      <c r="G3" s="17">
+        <v>156.61000000000001</v>
+      </c>
+      <c r="H3" s="37">
+        <v>1443.75</v>
+      </c>
+      <c r="I3" s="17">
+        <v>17.956</v>
+      </c>
+      <c r="J3" s="17">
+        <v>1.7330000000000001</v>
+      </c>
+      <c r="K3" s="17">
+        <v>1.2849999999999999</v>
+      </c>
+      <c r="L3" s="17">
+        <v>16.545999999999999</v>
+      </c>
+      <c r="M3" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="N3" s="17">
+        <v>31.324000000000002</v>
+      </c>
+      <c r="O3" s="17">
+        <v>31.66</v>
+      </c>
+      <c r="P3" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="Q3" s="17">
+        <v>1</v>
+      </c>
+      <c r="R3" s="19"/>
+    </row>
+    <row r="4" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="20">
+        <v>2024</v>
+      </c>
+      <c r="B4" s="20">
+        <v>1.6120000000000001</v>
+      </c>
+      <c r="C4" s="20">
+        <v>1.4379999999999999</v>
+      </c>
+      <c r="D4" s="20">
+        <v>7.2990000000000004</v>
+      </c>
+      <c r="E4" s="20">
+        <v>0.96099999999999997</v>
+      </c>
+      <c r="F4" s="20">
+        <v>7.766</v>
+      </c>
+      <c r="G4" s="20">
+        <v>156.85</v>
+      </c>
+      <c r="H4" s="20">
+        <v>1473.27</v>
+      </c>
+      <c r="I4" s="20">
+        <v>20.704000000000001</v>
+      </c>
+      <c r="J4" s="20">
+        <v>1.7809999999999999</v>
+      </c>
+      <c r="K4" s="20">
+        <v>1.363</v>
+      </c>
+      <c r="L4" s="20">
+        <v>18.850000000000001</v>
+      </c>
+      <c r="M4" s="20">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="N4" s="20">
+        <v>32.709000000000003</v>
+      </c>
+      <c r="O4" s="20">
+        <v>34.33</v>
+      </c>
+      <c r="P4" s="20">
+        <v>0.79700000000000004</v>
+      </c>
+      <c r="Q4" s="20">
+        <v>1</v>
+      </c>
+      <c r="R4" s="23"/>
+    </row>
+    <row r="5" spans="1:19" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B5" s="24">
+        <v>1.472</v>
+      </c>
+      <c r="C5" s="24">
+        <v>1.3260000000000001</v>
+      </c>
+      <c r="D5" s="24">
+        <v>7.1040000000000001</v>
+      </c>
+      <c r="E5" s="24">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="F5" s="24">
+        <v>7.8109999999999999</v>
+      </c>
+      <c r="G5" s="24">
+        <v>141.47</v>
+      </c>
+      <c r="H5" s="24">
+        <v>1299.22</v>
+      </c>
+      <c r="I5" s="24">
+        <v>16.949000000000002</v>
+      </c>
+      <c r="J5" s="24">
+        <v>1.585</v>
+      </c>
+      <c r="K5" s="24">
+        <v>1.32</v>
+      </c>
+      <c r="L5" s="24">
+        <v>18.427</v>
+      </c>
+      <c r="M5" s="24">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="N5" s="24">
+        <v>30.640999999999998</v>
+      </c>
+      <c r="O5" s="24">
+        <v>34.33</v>
+      </c>
+      <c r="P5" s="24">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="Q5" s="24">
+        <v>1</v>
+      </c>
+      <c r="R5" s="28"/>
+      <c r="S5" s="28"/>
+    </row>
+    <row r="6" spans="1:19" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="29">
+        <v>2022</v>
+      </c>
+      <c r="B6" s="29">
+        <v>1.4710000000000001</v>
+      </c>
+      <c r="C6" s="29">
+        <v>1.3540000000000001</v>
+      </c>
+      <c r="D6" s="29">
+        <v>6.8970000000000002</v>
+      </c>
+      <c r="E6" s="29">
+        <v>0.93600000000000005</v>
+      </c>
+      <c r="F6" s="29">
+        <v>7.7969999999999997</v>
+      </c>
+      <c r="G6" s="29">
+        <v>131.83000000000001</v>
+      </c>
+      <c r="H6" s="29">
+        <v>1252.6099999999999</v>
+      </c>
+      <c r="I6" s="29">
+        <v>19.545999999999999</v>
+      </c>
+      <c r="J6" s="29">
+        <v>1.575</v>
+      </c>
+      <c r="K6" s="29">
+        <v>1.34</v>
+      </c>
+      <c r="L6" s="29">
+        <v>16.948</v>
+      </c>
+      <c r="M6" s="29">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="N6" s="29">
+        <v>30.648</v>
+      </c>
+      <c r="O6" s="29">
+        <v>34.520000000000003</v>
+      </c>
+      <c r="P6" s="29">
+        <v>0.83</v>
+      </c>
+      <c r="Q6" s="29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B7" s="17">
+        <v>1.375</v>
+      </c>
+      <c r="C7" s="17">
+        <v>1.2769999999999999</v>
+      </c>
+      <c r="D7" s="17">
+        <v>6.3730000000000002</v>
+      </c>
+      <c r="E7" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="F7" s="17">
+        <v>7.7990000000000004</v>
+      </c>
+      <c r="G7" s="17">
+        <v>115.04</v>
+      </c>
+      <c r="H7" s="17">
+        <v>1188.92</v>
+      </c>
+      <c r="I7" s="17">
+        <v>20.530999999999999</v>
+      </c>
+      <c r="J7" s="17">
+        <v>1.46</v>
+      </c>
+      <c r="K7" s="17">
+        <v>1.3520000000000001</v>
+      </c>
+      <c r="L7" s="17">
+        <v>15.882</v>
+      </c>
+      <c r="M7" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="N7" s="17">
+        <v>27.707000000000001</v>
+      </c>
+      <c r="O7" s="17">
+        <v>33.4</v>
+      </c>
+      <c r="P7" s="17">
+        <v>0.74</v>
+      </c>
+      <c r="Q7" s="17">
+        <v>1</v>
+      </c>
+      <c r="R7" s="19"/>
+    </row>
+    <row r="8" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="20">
+        <v>2020</v>
+      </c>
+      <c r="B8" s="20">
+        <v>1.294</v>
+      </c>
+      <c r="C8" s="20">
+        <v>1.2749999999999999</v>
+      </c>
+      <c r="D8" s="20">
+        <v>6.54</v>
+      </c>
+      <c r="E8" s="20">
+        <v>0.81499999999999995</v>
+      </c>
+      <c r="F8" s="20">
+        <v>7.7530000000000001</v>
+      </c>
+      <c r="G8" s="20">
+        <v>103.08</v>
+      </c>
+      <c r="H8" s="20">
+        <v>1087.6600000000001</v>
+      </c>
+      <c r="I8" s="20">
+        <v>19.913</v>
+      </c>
+      <c r="J8" s="20">
+        <v>1.383</v>
+      </c>
+      <c r="K8" s="20">
+        <v>1.3220000000000001</v>
+      </c>
+      <c r="L8" s="20">
+        <v>14.673</v>
+      </c>
+      <c r="M8" s="20">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="N8" s="20">
+        <v>28.074000000000002</v>
+      </c>
+      <c r="O8" s="20">
+        <v>29.92</v>
+      </c>
+      <c r="P8" s="20">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="Q8" s="20">
+        <v>1</v>
+      </c>
+      <c r="R8" s="23"/>
+    </row>
+    <row r="9" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="24">
+        <v>2019</v>
+      </c>
+      <c r="B9" s="24">
+        <v>1.425</v>
+      </c>
+      <c r="C9" s="24">
+        <v>1.3</v>
+      </c>
+      <c r="D9" s="24">
+        <v>6.9610000000000003</v>
+      </c>
+      <c r="E9" s="24">
+        <v>0.89</v>
+      </c>
+      <c r="F9" s="24">
+        <v>7.7859999999999996</v>
+      </c>
+      <c r="G9" s="24">
+        <v>108.53</v>
+      </c>
+      <c r="H9" s="24">
+        <v>1153.7</v>
+      </c>
+      <c r="I9" s="24">
+        <v>22.491</v>
+      </c>
+      <c r="J9" s="24">
+        <v>1.65</v>
+      </c>
+      <c r="K9" s="24">
+        <v>1.345</v>
+      </c>
+      <c r="L9" s="24">
+        <v>15.574</v>
+      </c>
+      <c r="M9" s="24">
+        <v>0.96599999999999997</v>
+      </c>
+      <c r="N9" s="24">
+        <v>29.942</v>
+      </c>
+      <c r="O9" s="24">
+        <v>29.77</v>
+      </c>
+      <c r="P9" s="24">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="Q9" s="24">
+        <v>1</v>
+      </c>
+      <c r="R9" s="23"/>
+    </row>
+    <row r="10" spans="1:19" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="29">
+        <v>2018</v>
+      </c>
+      <c r="B10" s="29">
+        <v>1.4159999999999999</v>
+      </c>
+      <c r="C10" s="29">
+        <v>1.3620000000000001</v>
+      </c>
+      <c r="D10" s="29">
+        <v>6.8760000000000003</v>
+      </c>
+      <c r="E10" s="29">
+        <v>0.872</v>
+      </c>
+      <c r="F10" s="29">
+        <v>7.8319999999999999</v>
+      </c>
+      <c r="G10" s="29">
+        <v>109.85</v>
+      </c>
+      <c r="H10" s="29">
+        <v>1114.49</v>
+      </c>
+      <c r="I10" s="29">
+        <v>19.654</v>
+      </c>
+      <c r="J10" s="29">
+        <v>1.49</v>
+      </c>
+      <c r="K10" s="29">
+        <v>1.361</v>
+      </c>
+      <c r="L10" s="29">
+        <v>14.35</v>
+      </c>
+      <c r="M10" s="29">
+        <v>0.98399999999999999</v>
+      </c>
+      <c r="N10" s="29">
+        <v>30.588000000000001</v>
+      </c>
+      <c r="O10" s="29">
+        <v>32.35</v>
+      </c>
+      <c r="P10" s="29">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="Q10" s="29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="17">
+        <v>2017</v>
+      </c>
+      <c r="B11" s="17">
+        <v>1.2789999999999999</v>
+      </c>
+      <c r="C11" s="17">
+        <v>1.2549999999999999</v>
+      </c>
+      <c r="D11" s="17">
+        <v>6.5039999999999996</v>
+      </c>
+      <c r="E11" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="F11" s="17">
+        <v>7.8150000000000004</v>
+      </c>
+      <c r="G11" s="17">
+        <v>112.55</v>
+      </c>
+      <c r="H11" s="17">
+        <v>1065.9301</v>
+      </c>
+      <c r="I11" s="17">
+        <v>19.704000000000001</v>
+      </c>
+      <c r="J11" s="17">
+        <v>1.405</v>
+      </c>
+      <c r="K11" s="17">
+        <v>1.3360000000000001</v>
+      </c>
+      <c r="L11" s="17">
+        <v>12.316000000000001</v>
+      </c>
+      <c r="M11" s="17">
+        <v>0.97499999999999998</v>
+      </c>
+      <c r="N11" s="17">
+        <v>29.646000000000001</v>
+      </c>
+      <c r="O11" s="17">
+        <v>32.6</v>
+      </c>
+      <c r="P11" s="17">
+        <v>0.74</v>
+      </c>
+      <c r="Q11" s="17">
+        <v>1</v>
+      </c>
+      <c r="R11" s="19"/>
+    </row>
+    <row r="12" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="20">
+        <v>2016</v>
+      </c>
+      <c r="B12" s="20">
+        <v>1.385</v>
+      </c>
+      <c r="C12" s="20">
+        <v>1.3460000000000001</v>
+      </c>
+      <c r="D12" s="20">
+        <v>6.9420000000000002</v>
+      </c>
+      <c r="E12" s="20">
+        <v>0.94899999999999995</v>
+      </c>
+      <c r="F12" s="20">
+        <v>7.7560000000000002</v>
+      </c>
+      <c r="G12" s="20">
+        <v>117.03</v>
+      </c>
+      <c r="H12" s="20">
+        <v>1203.21</v>
+      </c>
+      <c r="I12" s="20">
+        <v>20.652000000000001</v>
+      </c>
+      <c r="J12" s="20">
+        <v>1.4370000000000001</v>
+      </c>
+      <c r="K12" s="20">
+        <v>1.4450000000000001</v>
+      </c>
+      <c r="L12" s="20">
+        <v>13.707000000000001</v>
+      </c>
+      <c r="M12" s="20">
+        <v>1.0189999999999999</v>
+      </c>
+      <c r="N12" s="20">
+        <v>32.401000000000003</v>
+      </c>
+      <c r="O12" s="20">
+        <v>35.770000000000003</v>
+      </c>
+      <c r="P12" s="20">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="Q12" s="20">
+        <v>1</v>
+      </c>
+      <c r="R12" s="23"/>
+    </row>
+    <row r="13" spans="1:19" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="24">
+        <v>2015</v>
+      </c>
+      <c r="B13" s="24">
+        <v>1.3680000000000001</v>
+      </c>
+      <c r="C13" s="24">
+        <v>1.3859999999999999</v>
+      </c>
+      <c r="D13" s="24">
+        <v>6.492</v>
+      </c>
+      <c r="E13" s="24">
+        <v>0.91900000000000004</v>
+      </c>
+      <c r="F13" s="24">
+        <v>7.75</v>
+      </c>
+      <c r="G13" s="24">
+        <v>120.42</v>
+      </c>
+      <c r="H13" s="24">
+        <v>1175.9000000000001</v>
+      </c>
+      <c r="I13" s="24">
+        <v>17.361999999999998</v>
+      </c>
+      <c r="J13" s="24">
+        <v>1.4610000000000001</v>
+      </c>
+      <c r="K13" s="24">
+        <v>1.4159999999999999</v>
+      </c>
+      <c r="L13" s="24">
+        <v>15.555999999999999</v>
+      </c>
+      <c r="M13" s="24">
+        <v>0.99399999999999999</v>
+      </c>
+      <c r="N13" s="24">
+        <v>32.874000000000002</v>
+      </c>
+      <c r="O13" s="24">
+        <v>36.049999999999997</v>
+      </c>
+      <c r="P13" s="24">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="Q13" s="24">
+        <v>1</v>
+      </c>
+      <c r="R13" s="28"/>
+      <c r="S13" s="28"/>
+    </row>
+    <row r="14" spans="1:19" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="29">
+        <v>2014</v>
+      </c>
+      <c r="B14" s="29">
+        <v>1.2190000000000001</v>
+      </c>
+      <c r="C14" s="29">
+        <v>1.1579999999999999</v>
+      </c>
+      <c r="D14" s="29">
+        <v>6.2050000000000001</v>
+      </c>
+      <c r="E14" s="29">
+        <v>0.82199999999999995</v>
+      </c>
+      <c r="F14" s="29">
+        <v>7.7560000000000002</v>
+      </c>
+      <c r="G14" s="29">
+        <v>119.45</v>
+      </c>
+      <c r="H14" s="29">
+        <v>1086.8699999999999</v>
+      </c>
+      <c r="I14" s="29">
+        <v>14.702</v>
+      </c>
+      <c r="J14" s="29">
+        <v>1.2749999999999999</v>
+      </c>
+      <c r="K14" s="29">
+        <v>1.321</v>
+      </c>
+      <c r="L14" s="29">
+        <v>11.566000000000001</v>
+      </c>
+      <c r="M14" s="29">
+        <v>0.98899999999999999</v>
+      </c>
+      <c r="N14" s="29">
+        <v>31.64</v>
+      </c>
+      <c r="O14" s="29">
+        <v>32.92</v>
+      </c>
+      <c r="P14" s="29">
+        <v>0.64200000000000002</v>
+      </c>
+      <c r="Q14" s="29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="17">
+        <v>2013</v>
+      </c>
+      <c r="B15" s="17">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="C15" s="17">
+        <v>1.0640000000000001</v>
+      </c>
+      <c r="D15" s="17">
+        <v>6.0540000000000003</v>
+      </c>
+      <c r="E15" s="17">
+        <v>0.72599999999999998</v>
+      </c>
+      <c r="F15" s="17">
+        <v>7.7530000000000001</v>
+      </c>
+      <c r="G15" s="17">
+        <v>105.01</v>
+      </c>
+      <c r="H15" s="17">
+        <v>1055.25</v>
+      </c>
+      <c r="I15" s="17">
+        <v>13.089</v>
+      </c>
+      <c r="J15" s="17">
+        <v>1.216</v>
+      </c>
+      <c r="K15" s="17">
+        <v>1.2629999999999999</v>
+      </c>
+      <c r="L15" s="17">
+        <v>10.48</v>
+      </c>
+      <c r="M15" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="N15" s="17">
+        <v>29.815000000000001</v>
+      </c>
+      <c r="O15" s="17">
+        <v>32.74</v>
+      </c>
+      <c r="P15" s="17">
+        <v>0.60499999999999998</v>
+      </c>
+      <c r="Q15" s="17">
+        <v>1</v>
+      </c>
+      <c r="R15" s="19"/>
+    </row>
+    <row r="16" spans="1:19" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="20">
+        <v>2012</v>
+      </c>
+      <c r="B16" s="20">
+        <v>0.96399999999999997</v>
+      </c>
+      <c r="C16" s="20">
+        <v>0.995</v>
+      </c>
+      <c r="D16" s="20">
+        <v>6.23</v>
+      </c>
+      <c r="E16" s="20">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="F16" s="20">
+        <v>7.75</v>
+      </c>
+      <c r="G16" s="20">
+        <v>86.16</v>
+      </c>
+      <c r="H16" s="20">
+        <v>1063.24</v>
+      </c>
+      <c r="I16" s="20">
+        <v>13.04</v>
+      </c>
+      <c r="J16" s="20">
+        <v>1.216</v>
+      </c>
+      <c r="K16" s="20">
+        <v>1.222</v>
+      </c>
+      <c r="L16" s="20">
+        <v>8.4849999999999994</v>
+      </c>
+      <c r="M16" s="20">
+        <v>0.91600000000000004</v>
+      </c>
+      <c r="N16" s="20">
+        <v>29.044</v>
+      </c>
+      <c r="O16" s="20">
+        <v>30.58</v>
+      </c>
+      <c r="P16" s="20">
+        <v>0.61799999999999999</v>
+      </c>
+      <c r="Q16" s="20">
+        <v>1</v>
+      </c>
+      <c r="R16" s="23"/>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A19" s="16" t="s">
         <v>124</v>
-      </c>
-[...708 lines deleted...]
-        <v>145</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A18" r:id="rId1" display="https://fiscaldata.treasury.gov/datasets/treasury-reporting-rates-exchange/treasury-reporting-rates-of-exchange" xr:uid="{68155AE8-79A7-40AA-B284-A0992C7BFBCB}"/>
+    <hyperlink ref="A19" r:id="rId1" display="https://fiscaldata.treasury.gov/datasets/treasury-reporting-rates-exchange/treasury-reporting-rates-of-exchange" xr:uid="{68155AE8-79A7-40AA-B284-A0992C7BFBCB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8F6E7D7-45A2-45DA-B0CD-8BDB86E5BE03}">
   <dimension ref="A1:AI22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B31" sqref="B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.5703125" customWidth="1"/>
     <col min="3" max="3" width="36.42578125" customWidth="1"/>
     <col min="4" max="4" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.28515625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="10.5703125" style="19" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="9.5703125" style="19" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.5703125" style="11" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.5703125" style="11" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="5.140625" bestFit="1" customWidth="1"/>
-    <col min="12" max="12" width="10.5703125" style="19" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="9.5703125" style="19" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.5703125" style="11" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="10" style="11" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="10.5703125" style="11" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="9.5703125" style="11" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="17" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="6" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="7" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="7.42578125" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="17" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="7.7109375" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="6.42578125" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="6" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="9.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="F1" s="3" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="H1" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="H1" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="I1" s="18" t="s">
-        <v>38</v>
+      <c r="I1" s="10" t="s">
+        <v>17</v>
       </c>
       <c r="J1" s="3" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="K1" s="3" t="s">
-        <v>76</v>
-[...11 lines deleted...]
-        <v>80</v>
+        <v>55</v>
+      </c>
+      <c r="L1" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M1" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="N1" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="O1" s="10" t="s">
+        <v>59</v>
       </c>
       <c r="P1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="Q1" s="3" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="R1" s="3" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="S1" s="3" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="T1" s="3" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="U1" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="V1" s="3" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="W1" s="3" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="X1" s="3" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="Y1" s="3" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="AA1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="AB1" s="3" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="AC1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="AG1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AH1" s="3"/>
     </row>
-    <row r="2" spans="1:35" s="15" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="15">
+    <row r="2" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="7">
         <v>2019</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>83</v>
       </c>
       <c r="C2" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="D2" t="s">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="F2" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
-      <c r="H2" s="19">
+      <c r="H2" s="11">
         <v>4568.58</v>
       </c>
-      <c r="I2" s="20">
+      <c r="I2" s="12">
         <f>H2/$G2</f>
         <v>4568.58</v>
       </c>
       <c r="J2" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="L2" s="19">
+        <v>38</v>
+      </c>
+      <c r="K2" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="L2" s="11">
         <v>80573.7</v>
       </c>
-      <c r="M2" s="22">
+      <c r="M2" s="14">
         <f t="shared" ref="M2:M8" si="0">L2/$G2</f>
         <v>80573.7</v>
       </c>
-      <c r="N2" s="19">
+      <c r="N2" s="11">
         <v>21418</v>
       </c>
-      <c r="O2" s="22">
+      <c r="O2" s="14">
         <f t="shared" ref="O2:O8" si="1">N2/$G2</f>
         <v>21418</v>
       </c>
       <c r="P2" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="Q2" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="R2">
         <v>0</v>
       </c>
       <c r="S2"/>
       <c r="T2">
         <v>2014</v>
       </c>
       <c r="U2" t="s">
-        <v>103</v>
+        <v>82</v>
       </c>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
       <c r="AF2"/>
       <c r="AG2"/>
       <c r="AH2"/>
       <c r="AI2"/>
     </row>
-    <row r="3" spans="1:35" s="15" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="15">
+    <row r="3" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="7">
         <v>2019</v>
       </c>
-      <c r="B3" s="17" t="s">
-[...14 lines deleted...]
-      <c r="G3" s="15">
+      <c r="B3" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="G3" s="7">
         <v>30.898</v>
       </c>
-      <c r="H3" s="21">
+      <c r="H3" s="13">
         <f>H14</f>
         <v>14345</v>
       </c>
-      <c r="I3" s="20">
+      <c r="I3" s="12">
         <f>H3/$G3</f>
         <v>464.26953200854427</v>
       </c>
-      <c r="J3" s="15" t="s">
-[...5 lines deleted...]
-      <c r="L3" s="20">
+      <c r="J3" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K3" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="L3" s="12">
         <v>650000</v>
       </c>
-      <c r="M3" s="22">
+      <c r="M3" s="14">
         <f t="shared" si="0"/>
         <v>21036.96032105638</v>
       </c>
-      <c r="N3" s="20">
+      <c r="N3" s="12">
         <v>450000</v>
       </c>
-      <c r="O3" s="22">
+      <c r="O3" s="14">
         <f t="shared" si="1"/>
         <v>14564.049453039032</v>
       </c>
-      <c r="P3" s="15" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="15">
+      <c r="P3" s="7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7">
         <v>2019</v>
       </c>
-      <c r="B4" s="17" t="s">
-[...14 lines deleted...]
-      <c r="G4" s="15">
+      <c r="B4" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="G4" s="7">
         <v>30.898</v>
       </c>
-      <c r="H4" s="21">
+      <c r="H4" s="13">
         <f>H18</f>
         <v>2840000</v>
       </c>
-      <c r="I4" s="20">
+      <c r="I4" s="12">
         <f>H4/$G4</f>
         <v>91915.334325846328</v>
       </c>
-      <c r="J4" s="15" t="s">
-[...5 lines deleted...]
-      <c r="L4" s="20">
+      <c r="J4" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K4" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="L4" s="12">
         <v>7000</v>
       </c>
-      <c r="M4" s="22">
+      <c r="M4" s="14">
         <f t="shared" si="0"/>
         <v>226.55188038060717</v>
       </c>
-      <c r="N4" s="20">
+      <c r="N4" s="12">
         <v>1000</v>
       </c>
-      <c r="O4" s="22">
+      <c r="O4" s="14">
         <f t="shared" si="1"/>
         <v>32.364554340086734</v>
       </c>
-      <c r="P4" s="15" t="s">
-[...5 lines deleted...]
-      <c r="T4" s="15">
+      <c r="P4" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="S4" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="T4" s="7">
         <v>1987</v>
       </c>
     </row>
-    <row r="5" spans="1:35" s="15" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="15">
+    <row r="5" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="7">
         <v>2019</v>
       </c>
-      <c r="B5" s="17" t="s">
-[...14 lines deleted...]
-      <c r="G5" s="15">
+      <c r="B5" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" s="7">
         <v>1</v>
       </c>
-      <c r="K5" s="15" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="20">
+      <c r="K5" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="L5" s="12">
         <v>6000</v>
       </c>
-      <c r="M5" s="22">
+      <c r="M5" s="14">
         <f t="shared" si="0"/>
         <v>6000</v>
       </c>
-      <c r="N5" s="20">
+      <c r="N5" s="12">
         <v>1200</v>
       </c>
-      <c r="O5" s="22">
+      <c r="O5" s="14">
         <f t="shared" si="1"/>
         <v>1200</v>
       </c>
-      <c r="P5" s="15" t="s">
-[...5 lines deleted...]
-      <c r="T5" s="15">
+      <c r="P5" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="S5" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="T5" s="7">
         <v>1992</v>
       </c>
-      <c r="V5" s="15">
+      <c r="V5" s="7">
         <v>1998</v>
       </c>
-      <c r="W5" s="15">
+      <c r="W5" s="7">
         <v>2</v>
       </c>
-      <c r="X5" s="15" t="s">
-[...8 lines deleted...]
-      <c r="AA5" s="15" t="s">
+      <c r="X5" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y5" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="Z5" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="AB5" s="15" t="s">
-[...8 lines deleted...]
-      <c r="AE5" s="15" t="s">
+      <c r="AA5" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB5" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="AC5" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD5" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE5" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="AF5" s="15">
+      <c r="AF5" s="7">
         <v>10045</v>
       </c>
     </row>
-    <row r="6" spans="1:35" s="15" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="15">
+    <row r="6" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="7">
         <v>2019</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>28</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
-[...7 lines deleted...]
-      <c r="G6" s="15">
+        <v>25</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="G6" s="7">
         <v>30.898</v>
       </c>
-      <c r="H6" s="21">
+      <c r="H6" s="13">
         <v>7500</v>
       </c>
-      <c r="I6" s="20">
+      <c r="I6" s="12">
         <f>H6/$G6</f>
         <v>242.73415755065054</v>
       </c>
-      <c r="K6" s="15" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="20">
+      <c r="K6" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="L6" s="12">
         <v>100</v>
       </c>
-      <c r="M6" s="22">
+      <c r="M6" s="14">
         <f t="shared" si="0"/>
         <v>3.2364554340086737</v>
       </c>
-      <c r="N6" s="22">
+      <c r="N6" s="14">
         <f>L6</f>
         <v>100</v>
       </c>
-      <c r="O6" s="22">
+      <c r="O6" s="14">
         <f t="shared" si="1"/>
         <v>3.2364554340086737</v>
       </c>
-      <c r="P6" s="15" t="s">
-[...5 lines deleted...]
-      <c r="T6" s="15">
+      <c r="P6" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="S6" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="T6" s="7">
         <v>1980</v>
       </c>
     </row>
     <row r="7" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A7" s="15">
+      <c r="A7" s="7">
         <v>2019</v>
       </c>
       <c r="B7" t="s">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="D7" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-      <c r="G7" s="15">
+        <v>77</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="G7" s="7">
         <v>30.898</v>
       </c>
-      <c r="I7" s="20"/>
+      <c r="I7" s="12"/>
       <c r="K7" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="L7" s="19">
+        <v>46</v>
+      </c>
+      <c r="L7" s="11">
         <v>1620200</v>
       </c>
-      <c r="M7" s="22">
+      <c r="M7" s="14">
         <f t="shared" si="0"/>
         <v>52437.050941808535</v>
       </c>
-      <c r="N7" s="19">
+      <c r="N7" s="11">
         <v>1620200</v>
       </c>
-      <c r="O7" s="22">
+      <c r="O7" s="14">
         <f t="shared" si="1"/>
         <v>52437.050941808535</v>
       </c>
       <c r="P7" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="T7">
         <v>1997</v>
       </c>
       <c r="AG7" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A8" s="15">
+      <c r="A8" s="7">
         <v>2019</v>
       </c>
-      <c r="B8" s="17" t="s">
-[...14 lines deleted...]
-      <c r="G8" s="15">
+      <c r="B8" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="G8" s="7">
         <v>30.898</v>
       </c>
-      <c r="H8" s="21">
+      <c r="H8" s="13">
         <f>H22</f>
         <v>642783</v>
       </c>
-      <c r="I8" s="20">
+      <c r="I8" s="12">
         <f>H8/$G6</f>
         <v>20803.385332383972</v>
       </c>
-      <c r="J8" s="15" t="s">
-[...5 lines deleted...]
-      <c r="L8" s="20">
+      <c r="J8" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="K8" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="L8" s="12">
         <v>450000</v>
       </c>
-      <c r="M8" s="22">
+      <c r="M8" s="14">
         <f t="shared" si="0"/>
         <v>14564.049453039032</v>
       </c>
-      <c r="N8" s="20">
+      <c r="N8" s="12">
         <v>9629303</v>
       </c>
-      <c r="O8" s="22">
+      <c r="O8" s="14">
         <f t="shared" si="1"/>
         <v>311648.10020066024</v>
       </c>
-      <c r="P8" s="14" t="s">
-[...7 lines deleted...]
-      <c r="T8" s="15">
+      <c r="P8" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q8" s="6"/>
+      <c r="R8" s="6"/>
+      <c r="S8" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="T8" s="7">
         <v>2005</v>
       </c>
-      <c r="U8" s="15"/>
-[...16 lines deleted...]
-      <c r="A11" s="15">
+      <c r="U8" s="7"/>
+      <c r="V8" s="7"/>
+      <c r="W8" s="7"/>
+      <c r="X8" s="7"/>
+      <c r="Y8" s="7"/>
+      <c r="Z8" s="7"/>
+      <c r="AA8" s="7"/>
+      <c r="AB8" s="7"/>
+      <c r="AC8" s="7"/>
+      <c r="AD8" s="7"/>
+      <c r="AE8" s="7"/>
+      <c r="AF8" s="7"/>
+      <c r="AG8" s="7"/>
+      <c r="AH8" s="7"/>
+      <c r="AI8" s="7"/>
+    </row>
+    <row r="11" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="7">
         <v>2019</v>
       </c>
-      <c r="B11" s="17" t="s">
-[...9 lines deleted...]
-      <c r="G11" s="15">
+      <c r="B11" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" s="9"/>
+      <c r="E11" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" s="7">
         <v>30.898</v>
       </c>
-      <c r="H11" s="21">
+      <c r="H11" s="13">
         <v>12345</v>
       </c>
-      <c r="I11" s="20">
+      <c r="I11" s="12">
         <f>H11/G11</f>
         <v>399.54042332837076</v>
       </c>
-      <c r="J11" s="15" t="s">
-[...8 lines deleted...]
-      <c r="A12" s="15">
+      <c r="J11" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" s="12"/>
+      <c r="M11" s="12"/>
+      <c r="N11" s="12"/>
+      <c r="O11" s="12"/>
+    </row>
+    <row r="12" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="7">
         <v>2019</v>
       </c>
-      <c r="B12" s="17" t="s">
-[...9 lines deleted...]
-      <c r="G12" s="15">
+      <c r="B12" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" s="9"/>
+      <c r="E12" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" s="7">
         <v>30.898</v>
       </c>
-      <c r="H12" s="21">
+      <c r="H12" s="13">
         <v>1500</v>
       </c>
-      <c r="I12" s="20">
+      <c r="I12" s="12">
         <f>H12/G12</f>
         <v>48.546831510130104</v>
       </c>
-      <c r="J12" s="15" t="s">
-[...8 lines deleted...]
-      <c r="A13" s="15">
+      <c r="J12" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" s="12"/>
+      <c r="M12" s="12"/>
+      <c r="N12" s="12"/>
+      <c r="O12" s="12"/>
+    </row>
+    <row r="13" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="7">
         <v>2019</v>
       </c>
-      <c r="B13" s="17" t="s">
-[...9 lines deleted...]
-      <c r="G13" s="15">
+      <c r="B13" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" s="9"/>
+      <c r="E13" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G13" s="7">
         <v>30.898</v>
       </c>
-      <c r="H13" s="21">
+      <c r="H13" s="13">
         <v>500</v>
       </c>
-      <c r="I13" s="20">
+      <c r="I13" s="12">
         <f>H13/G13</f>
         <v>16.182277170043367</v>
       </c>
-      <c r="J13" s="15" t="s">
-[...11 lines deleted...]
-      <c r="H14" s="21">
+      <c r="J13" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13" s="12"/>
+      <c r="M13" s="12"/>
+      <c r="N13" s="12"/>
+      <c r="O13" s="12"/>
+    </row>
+    <row r="14" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="9"/>
+      <c r="C14" s="9"/>
+      <c r="D14" s="9"/>
+      <c r="H14" s="13">
         <f>H11+H12+H13</f>
         <v>14345</v>
       </c>
-      <c r="I14" s="21">
+      <c r="I14" s="13">
         <f>I11+I12+I13</f>
         <v>464.26953200854427</v>
       </c>
-      <c r="L14" s="20"/>
-[...5 lines deleted...]
-      <c r="A16" s="15">
+      <c r="L14" s="12"/>
+      <c r="M14" s="14"/>
+      <c r="N14" s="12"/>
+      <c r="O14" s="14"/>
+    </row>
+    <row r="16" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="7">
         <v>2019</v>
       </c>
-      <c r="B16" s="17" t="s">
-[...8 lines deleted...]
-      <c r="G16" s="15">
+      <c r="B16" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="G16" s="7">
         <v>30.898</v>
       </c>
-      <c r="H16" s="21">
+      <c r="H16" s="13">
         <v>2800000</v>
       </c>
-      <c r="I16" s="20">
+      <c r="I16" s="12">
         <f>H16/G16</f>
         <v>90620.752152242858</v>
       </c>
-      <c r="J16" s="15" t="s">
-[...8 lines deleted...]
-      <c r="A17" s="15">
+      <c r="J16" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="L16" s="14"/>
+      <c r="M16" s="14"/>
+      <c r="N16" s="14"/>
+      <c r="O16" s="14"/>
+    </row>
+    <row r="17" spans="1:20" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="7">
         <v>2019</v>
       </c>
-      <c r="B17" s="17" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="15">
+      <c r="B17" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="G17" s="7">
         <v>30.898</v>
       </c>
-      <c r="H17" s="21">
+      <c r="H17" s="13">
         <v>40000</v>
       </c>
-      <c r="I17" s="20">
+      <c r="I17" s="12">
         <f>H17/G17</f>
         <v>1294.5821736034695</v>
       </c>
-      <c r="J17" s="15" t="s">
-[...5 lines deleted...]
-      <c r="O17" s="22"/>
+      <c r="J17" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" s="14"/>
+      <c r="M17" s="14"/>
+      <c r="N17" s="14"/>
+      <c r="O17" s="14"/>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="H18" s="21">
+      <c r="H18" s="13">
         <f>H16+H17</f>
         <v>2840000</v>
       </c>
-      <c r="I18" s="21">
+      <c r="I18" s="13">
         <f>I16+I17</f>
         <v>91915.334325846328</v>
       </c>
     </row>
-    <row r="20" spans="1:20" s="15" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="15">
+    <row r="20" spans="1:20" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="7">
         <v>2019</v>
       </c>
-      <c r="B20" s="17" t="s">
-[...9 lines deleted...]
-      <c r="G20" s="15">
+      <c r="B20" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="9"/>
+      <c r="E20" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="G20" s="7">
         <v>30.898</v>
       </c>
-      <c r="H20" s="21">
+      <c r="H20" s="13">
         <v>651234</v>
       </c>
-      <c r="I20" s="20">
+      <c r="I20" s="12">
         <f>H20/$G20</f>
         <v>21076.898181112047</v>
       </c>
-      <c r="J20" s="15" t="s">
-[...11 lines deleted...]
-      <c r="T20" s="15">
+      <c r="J20" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="L20" s="14"/>
+      <c r="M20" s="14"/>
+      <c r="N20" s="14"/>
+      <c r="O20" s="14"/>
+      <c r="P20" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q20" s="6"/>
+      <c r="R20" s="6"/>
+      <c r="T20" s="7">
         <v>2005</v>
       </c>
     </row>
-    <row r="21" spans="1:20" s="15" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="15">
+    <row r="21" spans="1:20" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="7">
         <v>2019</v>
       </c>
-      <c r="B21" s="17" t="s">
-[...9 lines deleted...]
-      <c r="G21" s="15">
+      <c r="B21" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D21" s="9"/>
+      <c r="E21" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" s="7">
         <v>30.898</v>
       </c>
-      <c r="H21" s="21">
+      <c r="H21" s="13">
         <v>-8451</v>
       </c>
-      <c r="I21" s="20">
+      <c r="I21" s="12">
         <f>H21/$G21</f>
         <v>-273.51284872807304</v>
       </c>
-      <c r="J21" s="15" t="s">
-[...11 lines deleted...]
-      <c r="T21" s="15">
+      <c r="J21" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="L21" s="14"/>
+      <c r="M21" s="14"/>
+      <c r="N21" s="14"/>
+      <c r="O21" s="14"/>
+      <c r="P21" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q21" s="6"/>
+      <c r="R21" s="6"/>
+      <c r="T21" s="7">
         <v>2005</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="H22" s="19">
+      <c r="H22" s="11">
         <f>H20+H21</f>
         <v>642783</v>
       </c>
-      <c r="I22" s="19">
+      <c r="I22" s="11">
         <f>I20+I21</f>
         <v>20803.385332383972</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AAD060DFDFEB4042A0026C805D047566" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c26e078bf61c92fd93e04445805caf2b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac890844-426b-4148-8cc1-e2c1285792c8" xmlns:ns3="85bd9b4e-c69a-4a77-85e6-338149737ee4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b55fc96bc576c8afdb5fda4f5eceec23" ns2:_="" ns3:_="">
+    <xsd:import namespace="ac890844-426b-4148-8cc1-e2c1285792c8"/>
+    <xsd:import namespace="85bd9b4e-c69a-4a77-85e6-338149737ee4"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ac890844-426b-4148-8cc1-e2c1285792c8" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{760f9fb2-600b-452c-bdb0-1807632fe0fa}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="ac890844-426b-4148-8cc1-e2c1285792c8">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85bd9b4e-c69a-4a77-85e6-338149737ee4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a21c43d0-af8f-4ced-85a8-a873ae9d27d7" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="85bd9b4e-c69a-4a77-85e6-338149737ee4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ac890844-426b-4148-8cc1-e2c1285792c8" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{481E7639-2BFF-44B6-9A22-E458E5775CE0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ac890844-426b-4148-8cc1-e2c1285792c8"/>
+    <ds:schemaRef ds:uri="85bd9b4e-c69a-4a77-85e6-338149737ee4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8AD8DAE-7BBD-4047-B4CA-76DBE136ED85}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="85bd9b4e-c69a-4a77-85e6-338149737ee4"/>
+    <ds:schemaRef ds:uri="ac890844-426b-4148-8cc1-e2c1285792c8"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74CD864D-FF45-4418-B837-7A0AE4BCD87B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Foreign Accounts</vt:lpstr>
       <vt:lpstr>Foreign Accounts - Spouse</vt:lpstr>
       <vt:lpstr>Foreign Accounts - Dependent</vt:lpstr>
       <vt:lpstr>PFIC</vt:lpstr>
-      <vt:lpstr>Rent</vt:lpstr>
       <vt:lpstr>Salary</vt:lpstr>
+      <vt:lpstr>Gift</vt:lpstr>
       <vt:lpstr>Exchange Rate_Year-Average</vt:lpstr>
       <vt:lpstr>Exchange Rate_Year-End</vt:lpstr>
       <vt:lpstr>Example</vt:lpstr>
       <vt:lpstr>About</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>P Duh</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100AAD060DFDFEB4042A0026C805D047566</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>